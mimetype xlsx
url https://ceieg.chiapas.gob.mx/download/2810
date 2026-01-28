--- v0 (2025-10-13)
+++ v1 (2026-01-28)
@@ -1,101 +1,101 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28129"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="X:\Proyectos\Concentrado de informacion estatal CIGECH\2024\NOVIEMBRE\EDUCACION\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Z:\Proyectos\Concentrado de informacion estatal CIGECH\2025\EDUCACION\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{EC2B231C-4DFF-4C96-B2B5-3DD9745E12D0}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{6A6DF995-FBC6-4416-AAB6-0314A29223E8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-25320" yWindow="-120" windowWidth="25440" windowHeight="15390" xr2:uid="{B1868764-BBE9-408A-BE3A-E4A104D3941D}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{B1868764-BBE9-408A-BE3A-E4A104D3941D}"/>
   </bookViews>
   <sheets>
     <sheet name="INFRAESTRUCTURA" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="L4" i="1" l="1"/>
   <c r="M4" i="1"/>
   <c r="N4" i="1"/>
   <c r="I5" i="1"/>
   <c r="J5" i="1"/>
   <c r="K6" i="1"/>
   <c r="L6" i="1"/>
   <c r="M6" i="1"/>
   <c r="N6" i="1"/>
   <c r="I9" i="1"/>
   <c r="J9" i="1"/>
   <c r="J4" i="1" s="1"/>
   <c r="I4" i="1" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="41" uniqueCount="31">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="32">
   <si>
     <t>d/ Comprende: bachillerato general, bachillerato tecnológico, profesional técnico y profesional técnico bachiller.</t>
   </si>
   <si>
     <t>c/ A partir de 2019/2020, comprende: educación inicial y preescolar.</t>
   </si>
   <si>
     <t>b/ La información considera escuelas activas con matrícula. La cuantificación está expresada mediante los turnos que ofrece un mismo plantel y no en términos de planta física; excepto para educación superior, donde se registra el número de escuelas contabilizadas de manera única, es decir, sin importar la cantidad de servicios que se proporcionen.</t>
   </si>
   <si>
     <t>a/ Se refiere al nivel Técnico superior o prefesional asociado, licenciatura y posgrado.</t>
   </si>
   <si>
     <t>ND</t>
   </si>
   <si>
     <t>Escuelas de capacitación para el trabajo</t>
   </si>
   <si>
     <t>Escuelas de educación superior a/</t>
   </si>
   <si>
     <t>Escuelas de educación media d/</t>
   </si>
   <si>
@@ -140,54 +140,57 @@
   <si>
     <t>2014-2015</t>
   </si>
   <si>
     <t>2013-2014</t>
   </si>
   <si>
     <t>2011-2012</t>
   </si>
   <si>
     <t>2005-2006</t>
   </si>
   <si>
     <t>2000-2001</t>
   </si>
   <si>
     <t>Concepto</t>
   </si>
   <si>
     <t>Infraestructura Fisica Educativa al final del ciclo escolar</t>
   </si>
   <si>
     <t>EDUCACIÓN</t>
   </si>
   <si>
-    <t>Fuente: Secretaría de Educación del Gobierno del Estado. Subsecretaría de Planeación Educativa; Departamento de Estadística. México en cifras 2018 - 2024.</t>
-[...1 lines deleted...]
-  <si>
     <t>2023-2024</t>
+  </si>
+  <si>
+    <t>2024-2025</t>
+  </si>
+  <si>
+    <t>Fuente: Secretaría de Educación del Gobierno del Estado. Subsecretaría de Planeación Educativa; Departamento de Estadística. México en cifras 2018 - 2025.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
@@ -334,165 +337,168 @@
         <color rgb="FFFFFFFF"/>
       </right>
       <top/>
       <bottom style="medium">
         <color rgb="FFFFFFFF"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thick">
         <color rgb="FF808080"/>
       </left>
       <right style="medium">
         <color rgb="FFFFFFFF"/>
       </right>
       <top/>
       <bottom style="medium">
         <color rgb="FFFFFFFF"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="19">
+  <cellXfs count="20">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="3" fontId="3" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="3" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - Tema de 2022">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2013 - 2022">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -554,51 +560,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2013 - 2022">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="109000"/>
                 <a:tint val="81000"/>
@@ -696,157 +702,162 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8C26F9F3-2CBA-456E-A9F5-FADF9DA0C7C7}">
   <dimension ref="A1:AK23"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="130" zoomScaleNormal="130" workbookViewId="0">
       <pane xSplit="1" ySplit="3" topLeftCell="D4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A4" sqref="A4"/>
-      <selection pane="bottomRight" activeCell="O5" sqref="O5"/>
+      <selection pane="bottomRight" activeCell="P4" sqref="P4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="30.140625" style="1" customWidth="1"/>
     <col min="2" max="9" width="11.42578125" style="1"/>
     <col min="10" max="10" width="13.28515625" style="1" customWidth="1"/>
     <col min="11" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:37" ht="18" x14ac:dyDescent="0.25">
       <c r="A1" s="16" t="s">
         <v>28</v>
       </c>
       <c r="B1" s="16"/>
       <c r="C1" s="16"/>
       <c r="D1" s="16"/>
       <c r="E1" s="16"/>
       <c r="F1" s="16"/>
       <c r="G1" s="16"/>
       <c r="H1" s="16"/>
       <c r="I1" s="16"/>
       <c r="J1" s="16"/>
       <c r="K1" s="16"/>
       <c r="L1" s="16"/>
       <c r="M1" s="16"/>
       <c r="N1" s="16"/>
       <c r="O1" s="16"/>
+      <c r="P1" s="16"/>
     </row>
     <row r="2" spans="1:37" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A2" s="18" t="s">
+      <c r="A2" s="15" t="s">
         <v>27</v>
       </c>
-      <c r="B2" s="18"/>
-[...12 lines deleted...]
-      <c r="O2" s="18"/>
+      <c r="B2" s="15"/>
+      <c r="C2" s="15"/>
+      <c r="D2" s="15"/>
+      <c r="E2" s="15"/>
+      <c r="F2" s="15"/>
+      <c r="G2" s="15"/>
+      <c r="H2" s="15"/>
+      <c r="I2" s="15"/>
+      <c r="J2" s="15"/>
+      <c r="K2" s="15"/>
+      <c r="L2" s="15"/>
+      <c r="M2" s="15"/>
+      <c r="N2" s="15"/>
+      <c r="O2" s="15"/>
+      <c r="P2" s="15"/>
     </row>
     <row r="3" spans="1:37" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="B3" s="12" t="s">
         <v>25</v>
       </c>
       <c r="C3" s="12" t="s">
         <v>24</v>
       </c>
       <c r="D3" s="12" t="s">
         <v>23</v>
       </c>
       <c r="E3" s="12" t="s">
         <v>22</v>
       </c>
       <c r="F3" s="12" t="s">
         <v>21</v>
       </c>
       <c r="G3" s="12" t="s">
         <v>20</v>
       </c>
       <c r="H3" s="12" t="s">
         <v>19</v>
       </c>
       <c r="I3" s="12" t="s">
         <v>18</v>
       </c>
       <c r="J3" s="11" t="s">
         <v>17</v>
       </c>
       <c r="K3" s="11" t="s">
         <v>16</v>
       </c>
       <c r="L3" s="11" t="s">
         <v>15</v>
       </c>
       <c r="M3" s="11" t="s">
         <v>14</v>
       </c>
       <c r="N3" s="11" t="s">
         <v>13</v>
       </c>
       <c r="O3" s="11" t="s">
+        <v>29</v>
+      </c>
+      <c r="P3" s="11" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="4" spans="1:37" ht="16.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A4" s="10" t="s">
         <v>12</v>
       </c>
       <c r="B4" s="9">
         <v>15872</v>
       </c>
       <c r="C4" s="9">
         <v>17829</v>
       </c>
       <c r="D4" s="9">
         <v>19366</v>
       </c>
       <c r="E4" s="9">
         <v>19391</v>
       </c>
       <c r="F4" s="9">
         <v>19524</v>
       </c>
       <c r="G4" s="9">
         <v>19288</v>
       </c>
@@ -857,549 +868,577 @@
         <f>I5+I9</f>
         <v>19270</v>
       </c>
       <c r="J4" s="9">
         <f>J5+J9</f>
         <v>18858</v>
       </c>
       <c r="K4" s="9">
         <v>20776</v>
       </c>
       <c r="L4" s="9">
         <f>L5+L9+L10+L11</f>
         <v>20733</v>
       </c>
       <c r="M4" s="9">
         <f>M5+M9+M10+M11</f>
         <v>20407</v>
       </c>
       <c r="N4" s="9">
         <f>N5+N9+N10+N11</f>
         <v>20720</v>
       </c>
       <c r="O4" s="9">
         <v>22659</v>
       </c>
+      <c r="P4" s="9">
+        <v>22578</v>
+      </c>
     </row>
     <row r="5" spans="1:37" ht="16.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A5" s="4" t="s">
         <v>11</v>
       </c>
       <c r="B5" s="8">
         <v>15504</v>
       </c>
       <c r="C5" s="8">
         <v>17042</v>
       </c>
       <c r="D5" s="8">
         <v>18135</v>
       </c>
       <c r="E5" s="8">
         <v>18424</v>
       </c>
       <c r="F5" s="8">
         <v>18401</v>
       </c>
       <c r="G5" s="8">
         <v>18018</v>
       </c>
       <c r="H5" s="8">
         <v>17917</v>
       </c>
       <c r="I5" s="8">
         <f>7369+8562+2342</f>
         <v>18273</v>
       </c>
       <c r="J5" s="8">
         <f>J6+J7+J8</f>
         <v>17931</v>
       </c>
       <c r="K5" s="8">
         <v>18805</v>
       </c>
       <c r="L5" s="8">
         <v>18755</v>
       </c>
       <c r="M5" s="8">
         <v>18755</v>
       </c>
       <c r="N5" s="8">
         <v>18977</v>
       </c>
       <c r="O5" s="8">
         <v>20846</v>
       </c>
+      <c r="P5" s="8">
+        <v>20959</v>
+      </c>
     </row>
     <row r="6" spans="1:37" ht="16.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A6" s="7" t="s">
         <v>10</v>
       </c>
       <c r="B6" s="6">
         <v>5900</v>
       </c>
       <c r="C6" s="6">
         <v>6804</v>
       </c>
       <c r="D6" s="6">
         <v>7513</v>
       </c>
       <c r="E6" s="6">
         <v>7605</v>
       </c>
       <c r="F6" s="6">
         <v>7557</v>
       </c>
       <c r="G6" s="6">
         <v>7248</v>
       </c>
       <c r="H6" s="6">
         <v>7106</v>
       </c>
       <c r="I6" s="6">
         <v>7369</v>
       </c>
       <c r="J6" s="6">
         <v>7171</v>
       </c>
       <c r="K6" s="6">
         <f>7429+229</f>
         <v>7658</v>
       </c>
       <c r="L6" s="6">
         <f>7060+530</f>
         <v>7590</v>
       </c>
       <c r="M6" s="6">
         <f>535+7171</f>
         <v>7706</v>
       </c>
       <c r="N6" s="6">
         <f>533+7257</f>
         <v>7790</v>
       </c>
       <c r="O6" s="6">
-        <v>7383</v>
-      </c>
+        <v>9528</v>
+      </c>
+      <c r="P6" s="6">
+        <v>9534</v>
+      </c>
+      <c r="Q6" s="14"/>
+      <c r="R6" s="14"/>
     </row>
     <row r="7" spans="1:37" ht="16.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A7" s="4" t="s">
         <v>9</v>
       </c>
       <c r="B7" s="8">
         <v>8370</v>
       </c>
       <c r="C7" s="8">
         <v>8587</v>
       </c>
       <c r="D7" s="8">
         <v>8574</v>
       </c>
       <c r="E7" s="8">
         <v>8607</v>
       </c>
       <c r="F7" s="8">
         <v>8590</v>
       </c>
       <c r="G7" s="8">
         <v>8480</v>
       </c>
       <c r="H7" s="8">
         <v>8509</v>
       </c>
       <c r="I7" s="8">
         <v>8562</v>
       </c>
       <c r="J7" s="8">
         <v>8366</v>
       </c>
       <c r="K7" s="8">
         <v>8564</v>
       </c>
       <c r="L7" s="8">
         <v>8533</v>
       </c>
       <c r="M7" s="8">
         <v>8417</v>
       </c>
       <c r="N7" s="8">
         <v>8458</v>
       </c>
       <c r="O7" s="8">
         <v>8499</v>
       </c>
+      <c r="P7" s="8">
+        <v>8508</v>
+      </c>
     </row>
     <row r="8" spans="1:37" ht="16.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A8" s="7" t="s">
         <v>8</v>
       </c>
       <c r="B8" s="6">
         <v>1234</v>
       </c>
       <c r="C8" s="6">
         <v>1651</v>
       </c>
       <c r="D8" s="6">
         <v>2048</v>
       </c>
       <c r="E8" s="6">
         <v>2212</v>
       </c>
       <c r="F8" s="6">
         <v>2254</v>
       </c>
       <c r="G8" s="6">
         <v>2290</v>
       </c>
       <c r="H8" s="6">
         <v>2302</v>
       </c>
       <c r="I8" s="6">
         <v>2342</v>
       </c>
       <c r="J8" s="6">
         <v>2394</v>
       </c>
       <c r="K8" s="6">
         <v>2583</v>
       </c>
       <c r="L8" s="6">
         <v>2632</v>
       </c>
       <c r="M8" s="6">
         <v>2632</v>
       </c>
       <c r="N8" s="6">
         <v>2729</v>
       </c>
       <c r="O8" s="6">
         <v>2819</v>
       </c>
+      <c r="P8" s="6">
+        <v>2917</v>
+      </c>
     </row>
     <row r="9" spans="1:37" ht="16.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A9" s="4" t="s">
         <v>7</v>
       </c>
       <c r="B9" s="3">
         <v>368</v>
       </c>
       <c r="C9" s="3">
         <v>532</v>
       </c>
       <c r="D9" s="3">
         <v>741</v>
       </c>
       <c r="E9" s="3">
         <v>727</v>
       </c>
       <c r="F9" s="3">
         <v>856</v>
       </c>
       <c r="G9" s="3">
         <v>977</v>
       </c>
       <c r="H9" s="3">
         <v>994</v>
       </c>
       <c r="I9" s="3">
         <f>874+123</f>
         <v>997</v>
       </c>
       <c r="J9" s="3">
         <f>906+21</f>
         <v>927</v>
       </c>
       <c r="K9" s="8">
         <v>1104</v>
       </c>
       <c r="L9" s="8">
         <v>1093</v>
       </c>
       <c r="M9" s="8">
         <v>1050</v>
       </c>
       <c r="N9" s="8">
         <v>1066</v>
       </c>
       <c r="O9" s="8">
         <v>1125</v>
       </c>
+      <c r="P9" s="8">
+        <v>1123</v>
+      </c>
     </row>
     <row r="10" spans="1:37" ht="16.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A10" s="7" t="s">
         <v>6</v>
       </c>
       <c r="B10" s="5" t="s">
         <v>4</v>
       </c>
       <c r="C10" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D10" s="5">
         <v>204</v>
       </c>
       <c r="E10" s="5">
         <v>240</v>
       </c>
       <c r="F10" s="5">
         <v>267</v>
       </c>
       <c r="G10" s="5">
         <v>293</v>
       </c>
       <c r="H10" s="5" t="s">
         <v>4</v>
       </c>
       <c r="I10" s="5" t="s">
         <v>4</v>
       </c>
       <c r="J10" s="5" t="s">
         <v>4</v>
       </c>
       <c r="K10" s="5">
         <v>286</v>
       </c>
       <c r="L10" s="5">
         <v>286</v>
       </c>
       <c r="M10" s="5">
         <v>286</v>
       </c>
       <c r="N10" s="5">
         <v>291</v>
       </c>
       <c r="O10" s="5">
         <v>306</v>
       </c>
+      <c r="P10" s="5">
+        <v>171</v>
+      </c>
     </row>
     <row r="11" spans="1:37" ht="25.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A11" s="4" t="s">
         <v>5</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>4</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>4</v>
       </c>
       <c r="D11" s="3">
         <v>465</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>4</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>4</v>
       </c>
       <c r="G11" s="3" t="s">
         <v>4</v>
       </c>
       <c r="H11" s="3">
         <v>469</v>
       </c>
       <c r="I11" s="3">
         <v>480</v>
       </c>
       <c r="J11" s="3" t="s">
         <v>4</v>
       </c>
       <c r="K11" s="3">
         <v>581</v>
       </c>
       <c r="L11" s="3">
         <v>599</v>
       </c>
       <c r="M11" s="3">
         <v>316</v>
       </c>
       <c r="N11" s="3">
         <v>386</v>
       </c>
       <c r="O11" s="3">
         <v>382</v>
       </c>
+      <c r="P11" s="3">
+        <v>325</v>
+      </c>
     </row>
     <row r="12" spans="1:37" ht="15.75" thickTop="1" x14ac:dyDescent="0.25"/>
     <row r="13" spans="1:37" x14ac:dyDescent="0.25">
-      <c r="A13" s="17" t="s">
+      <c r="A13" s="19" t="s">
         <v>3</v>
       </c>
-      <c r="B13" s="17"/>
-[...11 lines deleted...]
-      <c r="N13" s="17"/>
+      <c r="B13" s="19"/>
+      <c r="C13" s="19"/>
+      <c r="D13" s="19"/>
+      <c r="E13" s="19"/>
+      <c r="F13" s="19"/>
+      <c r="G13" s="19"/>
+      <c r="H13" s="19"/>
+      <c r="I13" s="19"/>
+      <c r="J13" s="19"/>
+      <c r="K13" s="19"/>
+      <c r="L13" s="19"/>
+      <c r="M13" s="19"/>
+      <c r="N13" s="19"/>
+      <c r="O13" s="19"/>
+      <c r="P13" s="19"/>
     </row>
     <row r="14" spans="1:37" ht="27" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A14" s="15" t="s">
+      <c r="A14" s="18" t="s">
         <v>2</v>
       </c>
-      <c r="B14" s="15"/>
-[...13 lines deleted...]
-      <c r="P14" s="2"/>
+      <c r="B14" s="18"/>
+      <c r="C14" s="18"/>
+      <c r="D14" s="18"/>
+      <c r="E14" s="18"/>
+      <c r="F14" s="18"/>
+      <c r="G14" s="18"/>
+      <c r="H14" s="18"/>
+      <c r="I14" s="18"/>
+      <c r="J14" s="18"/>
+      <c r="K14" s="18"/>
+      <c r="L14" s="18"/>
+      <c r="M14" s="18"/>
+      <c r="N14" s="18"/>
+      <c r="O14" s="18"/>
+      <c r="P14" s="18"/>
       <c r="Q14" s="2"/>
       <c r="R14" s="2"/>
       <c r="S14" s="2"/>
       <c r="T14" s="2"/>
       <c r="U14" s="2"/>
       <c r="V14" s="2"/>
       <c r="W14" s="2"/>
       <c r="X14" s="2"/>
       <c r="Y14" s="2"/>
       <c r="Z14" s="2"/>
       <c r="AA14" s="2"/>
       <c r="AB14" s="2"/>
       <c r="AC14" s="2"/>
       <c r="AD14" s="2"/>
       <c r="AE14" s="2"/>
       <c r="AF14" s="2"/>
       <c r="AG14" s="2"/>
       <c r="AH14" s="2"/>
       <c r="AI14" s="2"/>
       <c r="AJ14" s="2"/>
       <c r="AK14" s="2"/>
     </row>
     <row r="15" spans="1:37" x14ac:dyDescent="0.25">
-      <c r="A15" s="14" t="s">
+      <c r="A15" s="17" t="s">
         <v>1</v>
       </c>
-      <c r="B15" s="14"/>
-[...13 lines deleted...]
-      <c r="P15" s="2"/>
+      <c r="B15" s="17"/>
+      <c r="C15" s="17"/>
+      <c r="D15" s="17"/>
+      <c r="E15" s="17"/>
+      <c r="F15" s="17"/>
+      <c r="G15" s="17"/>
+      <c r="H15" s="17"/>
+      <c r="I15" s="17"/>
+      <c r="J15" s="17"/>
+      <c r="K15" s="17"/>
+      <c r="L15" s="17"/>
+      <c r="M15" s="17"/>
+      <c r="N15" s="17"/>
+      <c r="O15" s="17"/>
+      <c r="P15" s="17"/>
       <c r="Q15" s="2"/>
       <c r="R15" s="2"/>
       <c r="S15" s="2"/>
       <c r="T15" s="2"/>
       <c r="U15" s="2"/>
       <c r="V15" s="2"/>
       <c r="W15" s="2"/>
       <c r="X15" s="2"/>
       <c r="Y15" s="2"/>
       <c r="Z15" s="2"/>
       <c r="AA15" s="2"/>
       <c r="AB15" s="2"/>
       <c r="AC15" s="2"/>
       <c r="AD15" s="2"/>
       <c r="AE15" s="2"/>
       <c r="AF15" s="2"/>
       <c r="AG15" s="2"/>
       <c r="AH15" s="2"/>
       <c r="AI15" s="2"/>
       <c r="AJ15" s="2"/>
       <c r="AK15" s="2"/>
     </row>
     <row r="16" spans="1:37" x14ac:dyDescent="0.25">
-      <c r="A16" s="14" t="s">
+      <c r="A16" s="17" t="s">
         <v>0</v>
       </c>
-      <c r="B16" s="14"/>
-[...13 lines deleted...]
-      <c r="P16" s="2"/>
+      <c r="B16" s="17"/>
+      <c r="C16" s="17"/>
+      <c r="D16" s="17"/>
+      <c r="E16" s="17"/>
+      <c r="F16" s="17"/>
+      <c r="G16" s="17"/>
+      <c r="H16" s="17"/>
+      <c r="I16" s="17"/>
+      <c r="J16" s="17"/>
+      <c r="K16" s="17"/>
+      <c r="L16" s="17"/>
+      <c r="M16" s="17"/>
+      <c r="N16" s="17"/>
+      <c r="O16" s="17"/>
+      <c r="P16" s="17"/>
       <c r="Q16" s="2"/>
       <c r="R16" s="2"/>
       <c r="S16" s="2"/>
       <c r="T16" s="2"/>
       <c r="U16" s="2"/>
       <c r="V16" s="2"/>
       <c r="W16" s="2"/>
       <c r="X16" s="2"/>
       <c r="Y16" s="2"/>
       <c r="Z16" s="2"/>
       <c r="AA16" s="2"/>
       <c r="AB16" s="2"/>
       <c r="AC16" s="2"/>
       <c r="AD16" s="2"/>
       <c r="AE16" s="2"/>
       <c r="AF16" s="2"/>
       <c r="AG16" s="2"/>
       <c r="AH16" s="2"/>
       <c r="AI16" s="2"/>
       <c r="AJ16" s="2"/>
       <c r="AK16" s="2"/>
     </row>
     <row r="17" spans="1:37" x14ac:dyDescent="0.25">
-      <c r="A17" s="14" t="s">
-[...16 lines deleted...]
-      <c r="P17" s="2"/>
+      <c r="A17" s="17" t="s">
+        <v>31</v>
+      </c>
+      <c r="B17" s="17"/>
+      <c r="C17" s="17"/>
+      <c r="D17" s="17"/>
+      <c r="E17" s="17"/>
+      <c r="F17" s="17"/>
+      <c r="G17" s="17"/>
+      <c r="H17" s="17"/>
+      <c r="I17" s="17"/>
+      <c r="J17" s="17"/>
+      <c r="K17" s="17"/>
+      <c r="L17" s="17"/>
+      <c r="M17" s="17"/>
+      <c r="N17" s="17"/>
+      <c r="O17" s="17"/>
+      <c r="P17" s="17"/>
       <c r="Q17" s="2"/>
       <c r="R17" s="2"/>
       <c r="S17" s="2"/>
       <c r="T17" s="2"/>
       <c r="U17" s="2"/>
       <c r="V17" s="2"/>
       <c r="W17" s="2"/>
       <c r="X17" s="2"/>
       <c r="Y17" s="2"/>
       <c r="Z17" s="2"/>
       <c r="AA17" s="2"/>
       <c r="AB17" s="2"/>
       <c r="AC17" s="2"/>
       <c r="AD17" s="2"/>
       <c r="AE17" s="2"/>
       <c r="AF17" s="2"/>
       <c r="AG17" s="2"/>
       <c r="AH17" s="2"/>
       <c r="AI17" s="2"/>
       <c r="AJ17" s="2"/>
       <c r="AK17" s="2"/>
     </row>
     <row r="18" spans="1:37" x14ac:dyDescent="0.25">
       <c r="A18" s="2"/>
       <c r="B18" s="2"/>
@@ -1614,57 +1653,57 @@
       <c r="P23" s="2"/>
       <c r="Q23" s="2"/>
       <c r="R23" s="2"/>
       <c r="S23" s="2"/>
       <c r="T23" s="2"/>
       <c r="U23" s="2"/>
       <c r="V23" s="2"/>
       <c r="W23" s="2"/>
       <c r="X23" s="2"/>
       <c r="Y23" s="2"/>
       <c r="Z23" s="2"/>
       <c r="AA23" s="2"/>
       <c r="AB23" s="2"/>
       <c r="AC23" s="2"/>
       <c r="AD23" s="2"/>
       <c r="AE23" s="2"/>
       <c r="AF23" s="2"/>
       <c r="AG23" s="2"/>
       <c r="AH23" s="2"/>
       <c r="AI23" s="2"/>
       <c r="AJ23" s="2"/>
       <c r="AK23" s="2"/>
     </row>
   </sheetData>
   <mergeCells count="7">
-    <mergeCell ref="A16:N16"/>
-[...5 lines deleted...]
-    <mergeCell ref="A1:O1"/>
+    <mergeCell ref="A2:P2"/>
+    <mergeCell ref="A1:P1"/>
+    <mergeCell ref="A13:P13"/>
+    <mergeCell ref="A14:P14"/>
+    <mergeCell ref="A15:P15"/>
+    <mergeCell ref="A16:P16"/>
+    <mergeCell ref="A17:P17"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>INFRAESTRUCTURA</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>